--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Diego do Fiquinho</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_005-2025.doc</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_005-2025.doc</t>
   </si>
   <si>
     <t>REQUEIRO, na forma regimental, que o Chefe do Executivo Municipal, na forma, nos prazos e sob as penalidades fixadas pela legislação pertinente, providencie para que sejam encaminhadas a este Legislador cópias das partes que tratam das compensações sociais constantes em todos os contratos de concessão de direito real de uso de áreas do Município com empresas. As cópias solicitadas se referem aos contratos iniciados a partir do ano de 2016 até a presente data.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,68 +405,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_005-2025.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_005-2025.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>