--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="416" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="432" uniqueCount="220">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -225,50 +225,79 @@
   <si>
     <t>564</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/564/mocao_2025-013.doc</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, que seja registrada, nos anais desta Casa, MOÇÃO DE PARABENIZAÇÃO ao Senhor Douglas da Silva, Cabo da Polícia Militar, lotado na Seção de Telemática do 38.º Batalhão de Polícia Militar – Três Rios, RG PMERJ 102.624, em razão de seus serviços prestados para a segurança da população gaspariense, o que o torna digno merecedor do reconhecimento público.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/565/mocao_2025-014.doc</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, que seja registrada, nos anais desta Casa, MOÇÃO DE PARABENIZAÇÃO ao Senhor Gustavo Stefanon, Segundo-Sargento da Polícia Militar, lotado na Seção de Telemática do 38.º Batalhão de Polícia Militar – Três Rios, RG PMERJ 86.270, em razão de seus serviços prestados para a segurança da população gaspariense, o que o torna digno merecedor do reconhecimento público.</t>
   </si>
   <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Diego do Fiquinho, Tim do Loza</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/580/mocao_2025-015.doc</t>
+  </si>
+  <si>
+    <t>Requeremos, nos termos regimentais, que seja registrada, nos anais desta Casa, MOÇÃO DE PARABENIZAÇÃO ao Senhor Guilherme Lucas Ferreira da Silva, Diretor da Clínica Médica Triunfo, de Paraibuna, em razão de sua contribuição para a saúde emocional e para a qualidade de vida dos pacientes. O homenageado, com seus serviços prestados à população gaspariense, participa diretamente da geração de empregos e do desenvolvimento do Município, o que o torna digno merecedor do reconhecimento público.</t>
+  </si>
+  <si>
+    <t>581</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/581/mocao_2025-016.doc</t>
+  </si>
+  <si>
+    <t>Requeiro, nos termos regimentais, que seja registrada, nos anais desta Casa, MOÇÃO DE PARABENIZAÇÃO à Senhora Mariah de Almeida, por representar as mulheres gasparienses na Segunda Marcha Nacional das Mulheres Negras, em Brasília. _x000D_
+ 	O evento, cujo tema foi “Por reparação e Bem Viver”, ocorreu no dia 25 de novembro e teve a participação de 300.000 mulheres de todo o Brasil, com foco no combate ao racismo e às desigualdades sociais e raciais, reafirmando a força do movimento feminino negro no país. _x000D_
+	A homenageada é uma mulher negra, radialista, comunicadora, educadora e ativista nas causas de igualdade social e racial, o que a torna digna merecedora do reconhecimento público.</t>
+  </si>
+  <si>
     <t>201</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/201/02-_projeto.pdf</t>
   </si>
   <si>
     <t>Concede o título de Cidadão Gaspariense ao Sr. Ney Botafogo e dá outras providências.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/202/02_-_mensagem.pdf</t>
   </si>
   <si>
     <t>Concede o título de Mérito Legislativo a Sra. Sandra Pereira da Silva Campos e dá outras providências.</t>
   </si>
   <si>
     <t>203</t>
@@ -339,65 +368,59 @@
   <si>
     <t>"Concede o título de Mérito Legislativo a Sra. Rosemere de Souza Amaral".</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/215/02-_projeto_decreto.pdf</t>
   </si>
   <si>
     <t>"Concede o título de Cidadão Gaspariense ao Sr. Alexander Linhares Carvalho.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/216/02-projeto_decreto.pdf</t>
   </si>
   <si>
     <t>"Concede o título de Mérito Legislativo a Sra. Albertina Dias Fernandes Carias".</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/217/02-_prjeto_de_decreto.pdf</t>
   </si>
   <si>
     <t>"Concede o título de Mérito Legislativo a Sra. Rosinete Silva".</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>16</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/218/02-_projeto_decreto.pdf</t>
   </si>
   <si>
     <t>"Concede o título de Cidadão Gaspariense ao Sr. Márcio Afonso de Moraes".</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/219/02-_projeto_decreto.pdf</t>
   </si>
   <si>
     <t>"Concede o título de Cidadão Gaspariense ao Sr. Adolfo de Oliveira Filho.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Léo Retto</t>
@@ -588,51 +611,51 @@
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Cláudio Mannarino</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/129/04_-_projeto_lei.pdf</t>
   </si>
   <si>
     <t>Denomina "Complexo Esportivo Paulo César Gonçalves (Keka)”, a obra pública localizada na Beira Rio, Centro, Comendador Levy Gasparian.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_no_016_2025_diego_fiquinho.docx</t>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/548/02-projeto_de_lei_n016.pdf</t>
   </si>
   <si>
     <t>Inclui o Dia do Escotismo no Calendário Oficial do Município de Comendador Levy Gasparian e dá outras providências.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_007-2025.doc</t>
   </si>
   <si>
     <t>REQUEIRO, na forma regimental, a apreciação, em caráter de urgência urgentíssima, dos Processos n.º 055/2025, n.º 056/2025, n.º 057/2025, n.º 058/2025, n.º 059/2025 e n.º 060/2025.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_008-2025.doc</t>
   </si>
@@ -996,68 +1019,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/135/mocao_2025-001.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_2025-002.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/189/mocao_2025-004.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/220/mocao_2025-005.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/221/mocao_2025-006.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/273/mocao_2025-007.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/274/mocao_2025-008.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/275/mocao_2025-009.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/282/mocao_2025-010.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/294/mocao_2025-011.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/545/mocao_2025-012.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/564/mocao_2025-013.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/565/mocao_2025-014.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/201/02-_projeto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/202/02_-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/203/02-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/204/02-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/205/projeto_de_decreto_legislativo_06_2025.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/206/02-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/207/02-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/213/09-_decreto_legislativo_no_685.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/214/02-_projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/215/02-_projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/216/02-projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/217/02-_prjeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/218/02-_projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/219/02-_projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/237/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/241/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/242/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/243/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/244/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/245/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/246/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/247/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/261/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/262/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/263/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/264/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/265/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/266/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/267/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/129/04_-_projeto_lei.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_lei_no_016_2025_diego_fiquinho.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_007-2025.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_008-2025.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_009-2025.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/250/requerimento_010-2025.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_012-2025.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/135/mocao_2025-001.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_2025-002.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/189/mocao_2025-004.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/220/mocao_2025-005.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/221/mocao_2025-006.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/273/mocao_2025-007.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/274/mocao_2025-008.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/275/mocao_2025-009.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/282/mocao_2025-010.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/294/mocao_2025-011.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/545/mocao_2025-012.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/564/mocao_2025-013.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/565/mocao_2025-014.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/580/mocao_2025-015.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/581/mocao_2025-016.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/201/02-_projeto.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/202/02_-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/203/02-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/204/02-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/205/projeto_de_decreto_legislativo_06_2025.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/206/02-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/207/02-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/213/09-_decreto_legislativo_no_685.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/214/02-_projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/215/02-_projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/216/02-projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/217/02-_prjeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/218/02-_projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/219/02-_projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/237/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/241/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/242/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/243/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/244/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/245/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/246/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/247/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/261/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/262/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/263/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/264/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/265/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/266/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/267/02-decreto.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/129/04_-_projeto_lei.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/548/02-projeto_de_lei_n016.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_007-2025.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_008-2025.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_009-2025.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/250/requerimento_010-2025.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_012-2025.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H52"/>
+  <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1415,1002 +1438,1054 @@
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>69</v>
       </c>
       <c r="H15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>71</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>74</v>
       </c>
       <c r="H16" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D18" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E18" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F18" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D19" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E19" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F19" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="H19" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D20" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E20" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F20" t="s">
         <v>27</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="H20" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="D21" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E21" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F21" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H21" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E22" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F22" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H22" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="D23" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E23" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F23" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H23" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="D24" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E24" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H24" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E25" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F25" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="H25" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="D26" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E26" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F26" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="H26" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>109</v>
+        <v>64</v>
       </c>
       <c r="D27" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E27" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F27" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H27" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>113</v>
+        <v>68</v>
       </c>
       <c r="D28" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E28" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H28" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>117</v>
+        <v>72</v>
       </c>
       <c r="D29" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E29" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F29" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>118</v>
       </c>
       <c r="H29" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>120</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
+        <v>77</v>
+      </c>
+      <c r="D30" t="s">
+        <v>81</v>
+      </c>
+      <c r="E30" t="s">
+        <v>82</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="D30" t="s">
-[...5 lines deleted...]
-      <c r="F30" t="s">
+      <c r="H30" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>123</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>124</v>
+      </c>
+      <c r="D31" t="s">
+        <v>81</v>
+      </c>
+      <c r="E31" t="s">
+        <v>82</v>
+      </c>
+      <c r="F31" t="s">
+        <v>98</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="H31" t="s">
         <v>126</v>
-      </c>
-[...13 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>127</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>128</v>
+      </c>
+      <c r="D32" t="s">
+        <v>81</v>
+      </c>
+      <c r="E32" t="s">
+        <v>82</v>
+      </c>
+      <c r="F32" t="s">
         <v>129</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="G32" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="D32" t="s">
-[...5 lines deleted...]
-      <c r="F32" t="s">
+      <c r="H32" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>132</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>133</v>
+      </c>
+      <c r="D33" t="s">
+        <v>81</v>
+      </c>
+      <c r="E33" t="s">
+        <v>82</v>
+      </c>
+      <c r="F33" t="s">
+        <v>22</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="H33" t="s">
         <v>135</v>
-      </c>
-[...13 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>136</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>137</v>
+      </c>
+      <c r="D34" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34" t="s">
+        <v>82</v>
+      </c>
+      <c r="F34" t="s">
         <v>138</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="G34" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" t="s">
+      <c r="H34" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>141</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>142</v>
+      </c>
+      <c r="D35" t="s">
+        <v>81</v>
+      </c>
+      <c r="E35" t="s">
+        <v>82</v>
+      </c>
+      <c r="F35" t="s">
+        <v>52</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="H35" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>145</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>146</v>
+      </c>
+      <c r="D36" t="s">
+        <v>81</v>
+      </c>
+      <c r="E36" t="s">
+        <v>82</v>
+      </c>
+      <c r="F36" t="s">
         <v>147</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="G36" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>150</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>151</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>81</v>
+      </c>
+      <c r="E37" t="s">
+        <v>82</v>
+      </c>
+      <c r="F37" t="s">
+        <v>147</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>154</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>155</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>81</v>
+      </c>
+      <c r="E38" t="s">
+        <v>82</v>
+      </c>
+      <c r="F38" t="s">
+        <v>147</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>158</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>159</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>81</v>
+      </c>
+      <c r="E39" t="s">
+        <v>82</v>
+      </c>
+      <c r="F39" t="s">
+        <v>138</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>162</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>163</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>81</v>
+      </c>
+      <c r="E40" t="s">
+        <v>82</v>
+      </c>
+      <c r="F40" t="s">
+        <v>147</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>166</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>167</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>81</v>
+      </c>
+      <c r="E41" t="s">
+        <v>82</v>
+      </c>
+      <c r="F41" t="s">
+        <v>147</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="D41" t="s">
-[...8 lines deleted...]
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>170</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>171</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>81</v>
+      </c>
+      <c r="E42" t="s">
+        <v>82</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>174</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>175</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>81</v>
+      </c>
+      <c r="E43" t="s">
+        <v>82</v>
+      </c>
+      <c r="F43" t="s">
+        <v>147</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>178</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>179</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>81</v>
+      </c>
+      <c r="E44" t="s">
+        <v>82</v>
+      </c>
+      <c r="F44" t="s">
+        <v>52</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>182</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>183</v>
       </c>
-      <c r="B45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D45" t="s">
+        <v>81</v>
+      </c>
+      <c r="E45" t="s">
+        <v>82</v>
+      </c>
+      <c r="F45" t="s">
+        <v>105</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="E45" t="s">
+      <c r="H45" t="s">
         <v>185</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>186</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>187</v>
+      </c>
+      <c r="D46" t="s">
+        <v>81</v>
+      </c>
+      <c r="E46" t="s">
+        <v>82</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H46" t="s">
         <v>189</v>
-      </c>
-[...19 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>190</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>31</v>
+      </c>
+      <c r="D47" t="s">
+        <v>191</v>
+      </c>
+      <c r="E47" t="s">
+        <v>192</v>
+      </c>
+      <c r="F47" t="s">
+        <v>193</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B47" t="s">
-[...5 lines deleted...]
-      <c r="D47" t="s">
+      <c r="H47" t="s">
         <v>195</v>
-      </c>
-[...10 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>196</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>77</v>
+      </c>
+      <c r="D48" t="s">
+        <v>197</v>
+      </c>
+      <c r="E48" t="s">
+        <v>198</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="B48" t="s">
-[...14 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>201</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>39</v>
+      </c>
+      <c r="D49" t="s">
         <v>202</v>
       </c>
-      <c r="B49" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="F49" t="s">
         <v>52</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H49" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D50" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="E50" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="F50" t="s">
         <v>52</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H50" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D51" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="E51" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="F51" t="s">
         <v>52</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>23</v>
+        <v>210</v>
       </c>
       <c r="H51" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="D52" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="E52" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="F52" t="s">
         <v>52</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H52" t="s">
-        <v>212</v>
+        <v>214</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>215</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>56</v>
+      </c>
+      <c r="D53" t="s">
+        <v>202</v>
+      </c>
+      <c r="E53" t="s">
+        <v>203</v>
+      </c>
+      <c r="F53" t="s">
+        <v>52</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H53" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>217</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>60</v>
+      </c>
+      <c r="D54" t="s">
+        <v>202</v>
+      </c>
+      <c r="E54" t="s">
+        <v>203</v>
+      </c>
+      <c r="F54" t="s">
+        <v>52</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H54" t="s">
+        <v>219</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2422,50 +2497,52 @@
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>