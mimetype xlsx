--- v0 (2025-12-08)
+++ v1 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="38">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -97,50 +97,53 @@
     <t>460</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Estabelece as diretrizes gerais para a elaboração do Orçamento Municipal de Comendador Levy Gasparian para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Institui a Loteria Municipal no âmbito do Município de Comendador Levy Gasparian e dá outras providências.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Altera o inciso I do artigo 4º da Lei Municipal nº 1256, de 14 de novembro de 2024.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Léo Retto</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_013-2025.doc</t>
   </si>
   <si>
     <t>REQUEIRO, na forma regimental, que o Chefe do Executivo Municipal providencie, para que seja encaminhado a esta Casa Legislativa, o espelho do Plano Plurianual (PPA), com antecedência mínima de 30 (trinta) dias, acompanhado de relatório descritivo e detalhado das novas metas e ações previstas.</t>
   </si>
@@ -468,51 +471,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/394/04-projeto_de_lei_no_14.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/445/03-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_013-2025.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/394/04-projeto_de_lei_no_14.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/445/03-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_013-2025.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="112" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -639,80 +642,80 @@
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>