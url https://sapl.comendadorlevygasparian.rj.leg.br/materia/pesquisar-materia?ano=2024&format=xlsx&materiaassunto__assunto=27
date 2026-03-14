--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -54,96 +54,96 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>PRIND</t>
   </si>
   <si>
     <t>Proposição de Indicação</t>
   </si>
   <si>
     <t>Léa da Império</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/42/indicacao_2024-038.doc</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/42/indicacao_2024-038.doc</t>
   </si>
   <si>
     <t>Sr. Prefeito Municipal para que determine ao setor competente que reinstale as traves de ambas as metas do campinho de futebol em frente à Prefeitura.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Tiago Maia</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/65/indicacao_2024-044.doc</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/65/indicacao_2024-044.doc</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica o envio de expediente ao Exmo. Sr. Prefeito Municipal para que viabilize a desapropriação do campo do Esporte Clube Serrariense, no Centro, e que, posteriormente, realize as seguintes obras de revitalização no referido espaço: construção de arquibancadas e de quadra de área e pista de atletismo, melhorias dos vestiários e da quadra poliesportiva, instalação de refletores e de telas de proteção no entorno do campo, construção de espaço para estacionamento e instalação de uma academia pública municipal.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/77/mocao_2024-014.doc</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/77/mocao_2024-014.doc</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, que seja registrada, nos anais desta Casa, MOÇÃO DE PARABENIZAÇÃO ao Grupo de Teatro Idoso Artista, por suas brilhantes apresentações para as crianças no Centro do Idoso na Praça de Mont Serrat e nos eventos culturais do Município, o que o torna digno merecedor do reconhecimento público.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/78/mocao_2024-015.doc</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/78/mocao_2024-015.doc</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, que seja registrada, nos anais desta Casa, MOÇÃO DE PARABENIZAÇÃO ao Grupo de Dança Carimbozeiras da Melhor Idade, que encantou o público no Sarau da Educação, no Centro do Idoso e nos eventos culturais do Município, o que o torna digno merecedor do reconhecimento público.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -450,68 +450,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/42/indicacao_2024-038.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/65/indicacao_2024-044.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/77/mocao_2024-014.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/78/mocao_2024-015.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/42/indicacao_2024-038.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/65/indicacao_2024-044.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/77/mocao_2024-014.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2024/78/mocao_2024-015.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>