--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -54,300 +54,300 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Loso</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/317/02-decreto_no.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/317/02-decreto_no.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Leandro Faria Barbosa.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>José Fernando Cheffer</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/319/02-decreto_no05.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/319/02-decreto_no05.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo a Sra. Lauren Amaral Alexandre Araujo.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Léo Mancha</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/324/02-projeto_no02.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/324/02-projeto_no02.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Júlio Rocha.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Fernando Cheffer</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/325/02-projeto_no02.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/325/02-projeto_no02.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Rafael Camilo de Souza Lelis.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Thiago Boy</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo Sra. Patricia Ferreira Gouvéa.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Serjão</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/330/02-projeto_de_decreto_legislativo_no012.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/330/02-projeto_de_decreto_legislativo_no012.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo a Sra. Viviana da Silva Baptista.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Maria Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/332/02-projeto_de_decreto_n14.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/332/02-projeto_de_decreto_n14.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Maicon Adelino Dias Micheletto.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Fabricio Luciano Ferraz Lopes.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/335/02-projeto_de_decreto_legislativo_no017.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/335/02-projeto_de_decreto_legislativo_no017.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo a Sra. Aline de Melo Vasques.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/336/02-projeto_de_decreto_no18.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/336/02-projeto_de_decreto_no18.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Carlos Renan Leal de Mattos.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Tiago Maia</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo a Sra. Eliene Aparecida Fonseca Furtado.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Nilton da Acadêmia</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/339/02-projeto_de_decreto_legislativo_no021.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/339/02-projeto_de_decreto_legislativo_no021.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo a Sra. Simone Medina da Silva.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/341/02-projeto_de_decreto_legislativo_no023.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/341/02-projeto_de_decreto_legislativo_no023.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo a Sra. Flávia Martins Glória.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Leonardo Costa Rocha.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Léa da Império</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/344/02-projeto_de_decreto_legislativo_no026.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/344/02-projeto_de_decreto_legislativo_no026.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Rodrigo de Souza.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Antonio Samuel Carlos Cesar.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo a Sra.Ericade Carvalho Vieira.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo a Sra. Milene Ignês Cabral.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/349/02-projeto_de_decreto_legislativo_no031.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/349/02-projeto_de_decreto_legislativo_no031.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Amilton Barbosa de Andrade.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/351/02-projeto_decreto_legislativo_no033.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/351/02-projeto_decreto_legislativo_no033.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Exmo. Sr. Gutemberg Reis de Oliveira.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/352/02-projeto_de_decreto_legislativo_no034.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/352/02-projeto_de_decreto_legislativo_no034.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Exmo. Sr. Rosenverg Reis de Oliveira.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Concede o titulo de Mérito Legislativo ao Sr. Maicon Soares da Silva.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -663,68 +663,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/317/02-decreto_no.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/319/02-decreto_no05.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/324/02-projeto_no02.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/325/02-projeto_no02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/330/02-projeto_de_decreto_legislativo_no012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/332/02-projeto_de_decreto_n14.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/335/02-projeto_de_decreto_legislativo_no017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/336/02-projeto_de_decreto_no18.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/339/02-projeto_de_decreto_legislativo_no021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/341/02-projeto_de_decreto_legislativo_no023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/344/02-projeto_de_decreto_legislativo_no026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/349/02-projeto_de_decreto_legislativo_no031.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/351/02-projeto_decreto_legislativo_no033.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/352/02-projeto_de_decreto_legislativo_no034.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/317/02-decreto_no.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/319/02-decreto_no05.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/324/02-projeto_no02.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/325/02-projeto_no02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/330/02-projeto_de_decreto_legislativo_no012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/332/02-projeto_de_decreto_n14.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/335/02-projeto_de_decreto_legislativo_no017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/336/02-projeto_de_decreto_no18.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/339/02-projeto_de_decreto_legislativo_no021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/341/02-projeto_de_decreto_legislativo_no023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/344/02-projeto_de_decreto_legislativo_no026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/349/02-projeto_de_decreto_legislativo_no031.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/351/02-projeto_decreto_legislativo_no033.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2023/352/02-projeto_de_decreto_legislativo_no034.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="71" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>