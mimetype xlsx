--- v0 (2025-12-08)
+++ v1 (2026-03-13)
@@ -54,170 +54,170 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Cláudio Mannarino</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Institui gratificação pelo encargo como membro de Comissão de Sindicância, Processo Administrativo Disciplinar, Inquérito, Comissões Especificas e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções da Agência de Cooperação Intermunicipal em Saúde Pd da Serra/ACISPES, nos termos e para os fins da Lei n°11.107/2005.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/415/04-projeto_de_lei_no06.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/415/04-projeto_de_lei_no06.pdf</t>
   </si>
   <si>
     <t>Dispõe a criação do quadro especial de cargos temporários na Secretaria de Saúde para atender o Plano de Ações Estratégicas para o enfrentamento às Doenças Crônicas e Agravos Não Transmissíveis — DANT e da outras providências.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/414/27-lei_no1.140.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/414/27-lei_no1.140.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro de Cargos de provimento efetivo, criando vagas, e dá outras providências.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/426/03-projeto_de_lei_no09.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/426/03-projeto_de_lei_no09.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos Servidores Públicos do Município de Comendador Levy Gasparian.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/430/05-projeto_de_lei_no13.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/430/05-projeto_de_lei_no13.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do Município de Comendador Levy Gasparian-RJ; fixa o limite máximo para a concessão_x000D_
 de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdência complementar; e da outras providências.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/486/03-projeto_de_lei_no36.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/486/03-projeto_de_lei_no36.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a jornada de trabalho dos servidores públicos municipais efetivos de Comendador Levy Gasparian que possuam dependentes portadores de deficiência física ou mental, revoga as disposições da Lei n. 573, de 28 de junho de 2007, e da outras providências.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/487/04-_projeto_de_lei.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/487/04-_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Cria a Secretaria Municipal de Ordem Pública e Políticas de Segurança, altera a Lei n. 079, de 25 de janeiro de 1995, criando e remanejando cargos no_x000D_
 "Quadro permanente de cargos dos servidores da Prefeitura do Município de Comendador Levy Gasparian — parte I — Cargos de Provimento em_x000D_
 Comissão", e dá outras providências.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/493/04-mensagem.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/493/04-mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n°. 1.136, de 18 de janeiro de 2022, que institui gratificação pelo encargo como membro de Comissão de Sindicância, Processo_x000D_
 Administrativo Disciplinar, Inquérito, Comissões Especificas e dá outras providências.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora Biênio 2021/2022</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/483/02-projeto_de_lei_no05.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/483/02-projeto_de_lei_no05.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.019, de 24 de junho de 2019, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -524,68 +524,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/415/04-projeto_de_lei_no06.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/414/27-lei_no1.140.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/426/03-projeto_de_lei_no09.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/430/05-projeto_de_lei_no13.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/486/03-projeto_de_lei_no36.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/487/04-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/493/04-mensagem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/483/02-projeto_de_lei_no05.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/415/04-projeto_de_lei_no06.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/414/27-lei_no1.140.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/426/03-projeto_de_lei_no09.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/430/05-projeto_de_lei_no13.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/486/03-projeto_de_lei_no36.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/487/04-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/493/04-mensagem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/483/02-projeto_de_lei_no05.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="236.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>