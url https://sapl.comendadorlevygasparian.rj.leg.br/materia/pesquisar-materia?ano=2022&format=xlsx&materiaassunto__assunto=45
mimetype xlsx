--- v0 (2025-12-06)
+++ v1 (2026-03-13)
@@ -54,120 +54,120 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>José Fernando Cheffer</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/408/02-projeto_de_decreto_legislativo.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/408/02-projeto_de_decreto_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os procedimentos e regras para fins de prevenção à infecção e à propagação da COVID-19 no âmbito da Câmara Municipal de Comendador Levy Gasparian.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Cláudio Mannarino</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Ratifica a Adesão do Município Agência de Cooperação Intermunicipal em Saude Pé da Serra/ACISPES e dá outras providências.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/428/04-projeto_de_lei_no11.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/428/04-projeto_de_lei_no11.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover a concessão, sem ônus, de direito real de uso de area do Município, na forma do parágrafo único do artigo 138 da LOM, para fins de instalação do serviço de saúde de reabilitação pela rede de cuidados a pessoas com deficiência — RPCD, através do Instituto Evandro Ribeiro, com serviços habilitados pelo SUS para atender a população local e regional gratuitamente.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/467/04-projeto_de_lei_no21.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/467/04-projeto_de_lei_no21.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de empresa especializada na prestação de serviços de medicina do trabalho e da outras providências.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/470/04-projeto_de_lei_no23.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/470/04-projeto_de_lei_no23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do vencimento dos Agentes Comunitários de Saúde e dos Agentes de Combate As Endemias, na forma da emenda constitucional n°. 120, de 05 de maio de 2022.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/474/04-projeto_de_lei_no27.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/474/04-projeto_de_lei_no27.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover a concessão, sem ônus, de direito real de uso de área do Município, na forma do parágrafo único do artigo 138 da LOM, para fins de instalação do serviço de saúde de reabilitação pela Rede de Cuidados a Pessoas com Deficiência —RPCD, através do Instituto de Clinica e Cirurgia Santa Catarina CNPJ 35.615.589/0001-17 (Instituto Evandro Ribeiro) com serviços habilitados pelo SUS para atender a população_x000D_
 local e regional gratuitamente.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -475,68 +475,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/408/02-projeto_de_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/428/04-projeto_de_lei_no11.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/467/04-projeto_de_lei_no21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/470/04-projeto_de_lei_no23.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/474/04-projeto_de_lei_no27.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/408/02-projeto_de_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/428/04-projeto_de_lei_no11.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/467/04-projeto_de_lei_no21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/470/04-projeto_de_lei_no23.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2022/474/04-projeto_de_lei_no27.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>