--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="107">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -286,50 +286,71 @@
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/557/03-projeto_de_lei_no_27.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa para o Exercício Financeiro de 2022.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/505/04-projeto_de_lei_no31.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/508/04-projeto_de_lei_no36.pdf</t>
+  </si>
+  <si>
+    <t>577</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/577/04-projeto_de_lei_no38.pdf</t>
+  </si>
+  <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/579/04-projeto_de_lei_no40.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Fundo Municipal de Turismo de Comendador Levy Gasparian e dá outras providências.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/525/04-projeto_de_lei_no42.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 40 da Lei Municipal n° 1.082/2020, de 1° de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/518/05-projeto_de_lei_no05.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o acordo de parcelamento e reparcelamento de débitos do Município de Comendador Levy Gasparian para com o seu RPPS — Regime Próprio de Previdência Social —Levy Prev dá outras providências.</t>
   </si>
@@ -657,56 +678,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/542/59-projeto_decreto_no003.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/554/115-projeto_de_decreto_legislativo_no005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/574/53-_projeto_de_decreto_no_009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/526/05-projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/519/03-projeto_de_lei_no003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/534/03-projeto_de_lei_no007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/535/03-mensagem_no010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/544/05-projeto_de_lei_no13.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/552/03-projeto_de_lei_no_15.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/495/03-lei_no016.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/496/03-projeto_de_lei__no17.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/497/04-projeto_de_lei_no18.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/499/04-projeto_de_lei_no019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/501/04-projeto_de_lei_no020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/563/04-projeto_de_lei_no23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/570/06-projeto_de_lei_no25.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/512/06-_projeto_de_lei_no26.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/557/03-projeto_de_lei_no_27.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/505/04-projeto_de_lei_no31.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/508/04-projeto_de_lei_no36.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/525/04-projeto_de_lei_no42.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/518/05-projeto_de_lei_no05.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/542/59-projeto_decreto_no003.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/554/115-projeto_de_decreto_legislativo_no005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/574/53-_projeto_de_decreto_no_009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/526/05-projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/519/03-projeto_de_lei_no003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/534/03-projeto_de_lei_no007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/535/03-mensagem_no010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/544/05-projeto_de_lei_no13.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/552/03-projeto_de_lei_no_15.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/495/03-lei_no016.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/496/03-projeto_de_lei__no17.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/497/04-projeto_de_lei_no18.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/499/04-projeto_de_lei_no019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/501/04-projeto_de_lei_no020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/563/04-projeto_de_lei_no23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/570/06-projeto_de_lei_no25.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/512/06-_projeto_de_lei_no26.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/557/03-projeto_de_lei_no_27.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/505/04-projeto_de_lei_no31.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/508/04-projeto_de_lei_no36.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/577/04-projeto_de_lei_no38.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/579/04-projeto_de_lei_no40.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/525/04-projeto_de_lei_no42.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2021/518/05-projeto_de_lei_no05.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="127.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="187" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1247,103 +1268,157 @@
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>93</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="F22" t="s">
         <v>28</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>94</v>
       </c>
       <c r="H22" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>96</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23" t="s">
+        <v>27</v>
+      </c>
+      <c r="F23" t="s">
+        <v>28</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="G23" s="1" t="s">
+      <c r="H23" t="s">
         <v>98</v>
       </c>
-      <c r="H23" t="s">
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
         <v>99</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" t="s">
+        <v>27</v>
+      </c>
+      <c r="F24" t="s">
+        <v>28</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H24" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>104</v>
+      </c>
+      <c r="D25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" t="s">
+        <v>27</v>
+      </c>
+      <c r="F25" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H25" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>