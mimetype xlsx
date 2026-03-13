--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -54,264 +54,264 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Tim do Loza</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/617/02-projeto_de_decreto_no005.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/617/02-projeto_de_decreto_no005.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Sr. Rui Tomé de Souza Aguiar</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Adriano</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/621/02-decreto___no007__.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/621/02-decreto___no007__.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Exmo. Sr. Gutemberg Reis de Oliveira.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Cláudia</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/622/02-decreto_no008.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/622/02-decreto_no008.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Exmo. Sr. Cláudio Castro.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/627/02-projeto_de_decreto_n_009.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/627/02-projeto_de_decreto_n_009.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Exmo. Sr. Ormeu Rabello.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/663/02_projeto_de_-decreto_n_010.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/663/02_projeto_de_-decreto_n_010.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Exmo. Sr. Arolde de Oliveira.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Maria Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/630/02_projeto_de_-decreto_n_011.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/630/02_projeto_de_-decreto_n_011.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadã Gaspariense" a Sra. Andréa Vilella de Paula.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/634/02-projeto_de_decreto_no12.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/634/02-projeto_de_decreto_no12.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Sr. Marcelo Luiz de Almeida.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Valdir</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/635/02-projeto_de_decreto_legislativo_no013.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/635/02-projeto_de_decreto_legislativo_no013.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Exmo. Sr. Filipe Soares.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Luimar</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/636/02-projeto_de_decreto_legislativo_no013.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/636/02-projeto_de_decreto_legislativo_no013.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Sr. Nilton César Pereira Raizer.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Léa da Império</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/647/02-projeto_de_decreto_no020.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/647/02-projeto_de_decreto_no020.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadä Gaspariense" a Sra. Rosiany Bittar Campos.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/648/02-projeto_de_decreto_no021.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/648/02-projeto_de_decreto_no021.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Sr. Antonio Carlos de Azevedo.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/649/02-projeto_de_decreto_n_022.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/649/02-projeto_de_decreto_n_022.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Sr. Clecius Silva de Sousa.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Serjão</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/651/02-projeto_de_decreto_no_23.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/651/02-projeto_de_decreto_no_23.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Sr. Heraldo Heleno CIMagalhäes.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/654/02-projeto_decreto_no_025.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/654/02-projeto_decreto_no_025.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Sr. Silviano Firmino Chaves.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/661/02-projeto_de_lei_no028.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/661/02-projeto_de_lei_no028.pdf</t>
   </si>
   <si>
     <t>Concede o título  "Cidadão Gaspariense" ao Sr. Andrew Renato Stevam Pires.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/595/02-projeto_de_decreto_legislativo_no_036_.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/595/02-projeto_de_decreto_legislativo_no_036_.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Exmo. Sr. Carlos Francisco Portinho.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/598/02-_decreto_.pdf</t>
+    <t>http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/598/02-_decreto_.pdf</t>
   </si>
   <si>
     <t>Concede o título de "Cidadão Gaspariense" ao Sr. José Maria de Faria.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -618,68 +618,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/617/02-projeto_de_decreto_no005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/621/02-decreto___no007__.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/622/02-decreto_no008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/627/02-projeto_de_decreto_n_009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/663/02_projeto_de_-decreto_n_010.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/630/02_projeto_de_-decreto_n_011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/634/02-projeto_de_decreto_no12.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/635/02-projeto_de_decreto_legislativo_no013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/636/02-projeto_de_decreto_legislativo_no013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/647/02-projeto_de_decreto_no020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/648/02-projeto_de_decreto_no021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/649/02-projeto_de_decreto_n_022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/651/02-projeto_de_decreto_no_23.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/654/02-projeto_decreto_no_025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/661/02-projeto_de_lei_no028.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/595/02-projeto_de_decreto_legislativo_no_036_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/598/02-_decreto_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/617/02-projeto_de_decreto_no005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/621/02-decreto___no007__.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/622/02-decreto_no008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/627/02-projeto_de_decreto_n_009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/663/02_projeto_de_-decreto_n_010.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/630/02_projeto_de_-decreto_n_011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/634/02-projeto_de_decreto_no12.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/635/02-projeto_de_decreto_legislativo_no013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/636/02-projeto_de_decreto_legislativo_no013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/647/02-projeto_de_decreto_no020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/648/02-projeto_de_decreto_no021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/649/02-projeto_de_decreto_n_022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/651/02-projeto_de_decreto_no_23.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/654/02-projeto_decreto_no_025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/661/02-projeto_de_lei_no028.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/595/02-projeto_de_decreto_legislativo_no_036_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/598/02-_decreto_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="76" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>