--- v0 (2025-12-07)
+++ v1 (2026-01-28)
@@ -10,98 +10,286 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="78">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>601</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLOE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Executivo</t>
+  </si>
+  <si>
+    <t>Valter Lavinas</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/601/03-projeto_de_lei_n_01.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a Abertura De Crédito Adicional Especial por anulação no orçamento vigente no valor de R$ 436.000,00 (Quatrocentos e trinta e seis mil reais).</t>
+  </si>
+  <si>
+    <t>602</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/602/03-projeto_de_lei_n_002.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a Abertura De Crédito Adicional Especial por anulação no orçamento vigente no valor de R$ 1.999.100,00 (hum milhão, novecentos e noventa e_x000D_
+nove mil e cem reais).</t>
+  </si>
+  <si>
+    <t>603</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/603/04-projeto_de_lei_n_003.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 1.049, de 20 de dezembro de 2019 que dispõe sobre a amortização do déficit técnico atuarial do Município para com o Levy Prev, fixa alíquotas de contribuição e dá outras providências.</t>
+  </si>
+  <si>
+    <t>607</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/607/03-projeto_de_lei_n_007.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a Abertura De Crédito Adicional Especial por anulação no orçamento vigente no valor de R$ 50.000,00 (Cinquenta mil reais).</t>
+  </si>
+  <si>
+    <t>609</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/609/03-projeto_de_lei_no_09.pdf</t>
+  </si>
+  <si>
+    <t>Fixa as novas alíquotas dos previdenciárias públicos municipais e servidores e do ente Município para com o Levy Prev e dá outras providências.</t>
+  </si>
+  <si>
+    <t>610</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/610/03-projeto_de_lei_n_010.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a Abertura De Crédito Adicional Especial por anulação no orçamento vigente no valor de R$ 1.000.000,00 (hum milhão de reais).</t>
+  </si>
+  <si>
+    <t>612</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/612/03-projeto_de_lei_no011.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação de Cargos Temporários no âmbito da Administração Direta da Secretaria Municipal de Saúde para implantação do Centro de Triagem Covid-19 (CT Covid-19) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/632/04-projeto_de_lei_no013.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a suspender o pagamento dos valores devidos ao Regime Próprio de Previdência Social - Levy Prev, nos termos do artigo 9° da Lei Complementar nº 173 de 29 de maio de 2020 e Portaria nº 14.816 de 19 de junho de 2020, emitida pela Secretaria Especial de Previdência e Trabalho, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>637</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/637/03-projeto_de_lei_no015.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta o artigo 2°-A na Lei nº 804 de 06 de julho de 2013, a qual autoriza a concessão de gratificação a médicos plantonistas no Pronto_x000D_
+Socorro Municipal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/653/04-projeto_de_lei_no16.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o parcelamento de débitos do Município de Comendador Levy Gasparian com a Light Serviços de Eletricidade S/A e dá outras providências.</t>
+  </si>
+  <si>
+    <t>658</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/658/02-mensagem.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece as diretrizes gerais para a elaboração do Orçamento Municipal de Comendador Levy Gasparian para о exercício de 2021 e dá outras providências.</t>
+  </si>
+  <si>
     <t>375</t>
   </si>
   <si>
-    <t>2020</t>
-[...1 lines deleted...]
-  <si>
     <t>19</t>
   </si>
   <si>
-    <t>PLOE</t>
-[...7 lines deleted...]
-  <si>
     <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/375/02-_mensagem.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município para o exercício de 2021 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>585</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/585/03-projeto_de_lei_n021.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de Créditos Adicionais Suplementares e dá outras providências.</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/587/04-projeto_de_lei_no022.pdf</t>
+  </si>
+  <si>
+    <t>educação</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/596/04-projeto_de_lei_no026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a amortização do déficit técnico atuarial do Município para com o Levy Prev para o exercício de 2020 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>611</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Mesa Diretora Biênio 2019/2020</t>
+  </si>
+  <si>
+    <t>https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/611/02-projeto_resolucao_n_001.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta o pagamento retroativo do terço constitucional de férias e do décimo terceiro subsídio aos agentes políticos do Poder Legislativo Municipal de Comendador Levy Gasparian e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -405,69 +593,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/375/02-_mensagem.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/601/03-projeto_de_lei_n_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/602/03-projeto_de_lei_n_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/603/04-projeto_de_lei_n_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/607/03-projeto_de_lei_n_007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/609/03-projeto_de_lei_no_09.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/610/03-projeto_de_lei_n_010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/612/03-projeto_de_lei_no011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/632/04-projeto_de_lei_no013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/637/03-projeto_de_lei_no015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/653/04-projeto_de_lei_no16.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/658/02-mensagem.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/375/02-_mensagem.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/585/03-projeto_de_lei_n021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/587/04-projeto_de_lei_no022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/596/04-projeto_de_lei_no026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comendadorlevygasparian.rj.leg.br/media/sapl/public/materialegislativa/2020/611/02-projeto_resolucao_n_001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="13.85546875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="87.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="28.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -478,53 +666,455 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H15" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E17" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" t="s">
+        <v>75</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
+    <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>